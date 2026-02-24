--- v0 (2025-12-08)
+++ v1 (2026-02-24)
@@ -51,96 +51,96 @@
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 64 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - Prefeito Municipal</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 565.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Setor do Meio Ambiente.</t>
   </si>
   <si>
     <t>Destinado para a Ordem do Dia</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 94 de 2025</t>
   </si>
   <si>
-    <t>Edevair Silva,Agnaldo Júnior</t>
+    <t>Edevair de Melo Silva,Agnaldo Rodrigues da Silva Júnior</t>
   </si>
   <si>
     <t>INDICA ao Prefeito Municipal, que seja adotada providência para a instalação de aparelhos de ar-condicionado nos micro-ônibus utilizados no transporte municipal.</t>
   </si>
   <si>
     <t>Destinado ao Expediente</t>
   </si>
   <si>
     <t>Indicação nº 95 de 2025</t>
   </si>
   <si>
-    <t>Daiane Moreira</t>
+    <t>Daiane Aparecida da Silva Moreira</t>
   </si>
   <si>
     <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja instalados postes fixos com corrente removível nas calçadas adjacentes à Escola Municipal "Paula Zangrando", permitindo o bloqueio temporário do trânsito de veículos nos horários de entrada e saída dos estudantes, a fim de garantir maior segurança no fluxo escolar.</t>
   </si>
   <si>
     <t>Indicação nº 96 de 2025</t>
   </si>
   <si>
     <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja determinada a utilização dos galhos, troncos e demais resíduos vegetais recolhidos pelas equipes de manutenção urbana para processamento no triturador a ser adquirido, transformando-os em insumo orgânico a ser utilizado nas hortas, praças, jardins públicos e demais áreas verdes do Município.</t>
   </si>
   <si>
     <t>Indicação nº 97 de 2025</t>
   </si>
   <si>
-    <t>Agnaldo Júnior,Cleomar Gonçalves,Daiane Moreira,Edevair Silva,Júnio Dias</t>
+    <t>Agnaldo Rodrigues da Silva Júnior,Cleomar Faria Gonçalves,Daiane Aparecida da Silva Moreira,Edevair de Melo Silva,Júnio Afonso Dias</t>
   </si>
   <si>
     <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja instalado um redutor de velocidade na Rua São José, nas proximidades do número 1212, a fim de aumentar a segurança viária de pedestres, moradores e condutores que utilizam a via.</t>
   </si>
   <si>
     <t>Moção nº 30 de 2025</t>
   </si>
   <si>
-    <t>Edivan Tonelote,Rafael Tavares,Rui Barbosa,Victor Almeida</t>
+    <t>Edivan Cassio Tonelote,Rafael Alexandre Tavares,Rui Dias Barbosa,Victor Hugo Moda de Almeida</t>
   </si>
   <si>
     <t>Manifesta APLAUSOS a HELDER PEREIRA DA SILVA, em relação ao atendimento emergencial que salvou a vida de uma criança em Meridiano.</t>
   </si>
   <si>
     <t>Moção nº 31 de 2025</t>
   </si>
   <si>
-    <t>Edivan Tonelote,Rafael Tavares,Victor Almeida</t>
+    <t>Edivan Cassio Tonelote,Rafael Alexandre Tavares,Victor Hugo Moda de Almeida</t>
   </si>
   <si>
     <t>Manifesta APLAUSOS a ELEANDRO VIEIRA DA SILVA, em relação ao atendimento emergencial que salvou a vida de uma criança em Meridiano.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -444,51 +444,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="67.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="119.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">