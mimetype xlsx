--- v0 (2025-12-09)
+++ v1 (2026-02-24)
@@ -36,157 +36,157 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 18 de 2025</t>
   </si>
   <si>
-    <t>Rui Barbosa</t>
+    <t>Rui Dias Barbosa</t>
   </si>
   <si>
     <t>Acrescenta o artigo 159-A à Lei Complementar nº61 de 18 de janeiro de 2011, que trata sobre o regime jurídico e organiza o quadro de pessoal do Município de Meridiano.</t>
   </si>
   <si>
     <t>Destinado para a Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 19 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 232, de 8 de março de 2023, que dispõe sobre a criação do cargo de Procurador Jurídico no quadro de pessoal do Poder_x000D_
 Legislativo do Município de Meridiano, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 59 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - Prefeito Municipal</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 40.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor de Esportes, Lazer e Turismo.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 61 de 2025</t>
   </si>
   <si>
-    <t>Cleomar Gonçalves,Agnaldo Júnior,Daiane Moreira,Edevair Silva,Júnio Dias</t>
+    <t>Cleomar Faria Gonçalves,Agnaldo Rodrigues da Silva Júnior,Daiane Aparecida da Silva Moreira,Edevair de Melo Silva,Júnio Afonso Dias</t>
   </si>
   <si>
     <t>Declara de utilidade pública a SOCIEDADE ORGANIZADA DE SALVAMENTO DO RIO SÃO JOSÉ DOS DOURADOS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 62 de 2025</t>
   </si>
   <si>
-    <t>Daiane Moreira,Agnaldo Júnior,Cleomar Gonçalves,Edevair Silva,Júnio Dias</t>
+    <t>Daiane Aparecida da Silva Moreira,Agnaldo Rodrigues da Silva Júnior,Cleomar Faria Gonçalves,Edevair de Melo Silva,Júnio Afonso Dias</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e punição ao assédio moral e/ou sexual no âmbito da Administração Pública direta e indireta dos Poderes Executivo e Legislativo do Município de Meridiano e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 5 de 2025</t>
   </si>
   <si>
-    <t>Júnio Dias</t>
+    <t>Júnio Afonso Dias</t>
   </si>
   <si>
     <t>Altera os artigos 58, 229 e 238 da Resolução nº 1 de 6 de dezembro de 2016, que trata sobre o “Regimento Interno da Câmara Municipal de Meridiano”.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento nº 14 de 2025</t>
   </si>
   <si>
-    <t>Daiane Moreira</t>
+    <t>Daiane Aparecida da Silva Moreira</t>
   </si>
   <si>
     <t>REQUER-SE que a Mesa Diretora oficie ao Senhor Prefeito Municipal, requisitando-lhe informações referente ao recebimento de recursos oriundos do Fundo Estadual de Defesa dó interesses Difusos (FID), do Governo do Estado de São Paulo, bem como sua efetiva utilização.</t>
   </si>
   <si>
     <t>Destinado ao Expediente</t>
   </si>
   <si>
     <t>Indicação nº 85 de 2025</t>
   </si>
   <si>
-    <t>Victor Almeida</t>
+    <t>Victor Hugo Moda de Almeida</t>
   </si>
   <si>
     <t>INDICA ao Prefeito Municipal e à Secretária de Assistencia Social, que seja providenciado transporte para buscar os idosos em suas residências nos dias de atividades do CCI e viagens da terceira idade.</t>
   </si>
   <si>
     <t>Indicação nº 86 de 2025</t>
   </si>
   <si>
     <t>INDICA ao Prefeito Municipal e ao Diretor Municipal de Urbanismo e Serviços Públicas, que seja implantado um redutor de velocidade na Rua São Paulo, altura do número 2104.</t>
   </si>
   <si>
     <t>Indicação nº 87 de 2025</t>
   </si>
   <si>
-    <t>Agnaldo Júnior,Edevair Silva</t>
+    <t>Agnaldo Rodrigues da Silva Júnior,Edevair de Melo Silva</t>
   </si>
   <si>
     <t>INDICA ao Senhor Prefeito Municipal, que seja adotado  providências para estudos a fim de conceder redução ou isenção do ITBI a imóveis financiados pelo Programa “Minha Casa, Minha Vida” (preferencialmente Faixa 1 - famílias de baixa renda)</t>
   </si>
   <si>
     <t>Indicação nº 88 de 2025</t>
   </si>
   <si>
-    <t>Cleomar Gonçalves</t>
+    <t>Cleomar Faria Gonçalves</t>
   </si>
   <si>
     <t>INDICA ao Senhor Prefeito Municipal, que seja denominada a praça que será construída no Condomínio do Golfo com o nome de Ignácio Canossa</t>
   </si>
   <si>
     <t>Moção nº 24 de 2025</t>
   </si>
   <si>
-    <t>Edevair Silva</t>
+    <t>Edevair de Melo Silva</t>
   </si>
   <si>
     <t>Manifesta Aplausos ao Sr. APARECIDO BONIFÁCIO</t>
   </si>
   <si>
     <t>Moção nº 25 de 2025</t>
   </si>
   <si>
     <t>Manifesta Aplausos ao Sr. FRANCISCO RAMOS GOMES.</t>
   </si>
   <si>
     <t>Moção nº 26 de 2025</t>
   </si>
   <si>
     <t>Manifesta Aplausos ao Sr. ARQUIMEDES CARRILHO CELERI.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -502,51 +502,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="39.28515625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="67.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="119.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="242.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">