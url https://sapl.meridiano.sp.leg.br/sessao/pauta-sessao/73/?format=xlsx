--- v0 (2025-12-10)
+++ v1 (2026-02-24)
@@ -63,96 +63,96 @@
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 4.884,88 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor do Ensino Fundamental.</t>
   </si>
   <si>
     <t>Destinado para a Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 58 de 2025</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 12.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor do Fundo Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 60 de 2025</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 83.100,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor de Vias Públicas.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento nº 13 de 2025</t>
   </si>
   <si>
-    <t>Júnio Dias</t>
+    <t>Júnio Afonso Dias</t>
   </si>
   <si>
     <t>REQUER Informações ao Chefe do Poder Executivo e a  Srª Procuradora do Município, requisitando-lhes informações referentes aos processos judiciais em que o Município figura como polo passivo em demandas relativas ao pagamento de adicional de insalubridade em patamar inferior ao devido a servidores públicos municipais.</t>
   </si>
   <si>
     <t>Destinado ao Expediente</t>
   </si>
   <si>
     <t>Indicação nº 75 de 2025</t>
   </si>
   <si>
-    <t>Edivan Tonelote</t>
+    <t>Edivan Cassio Tonelote</t>
   </si>
   <si>
     <t>INDICA ao Departamento de Estradas de Rodagem (DER) e ao Setor de Urbanismo e Serviços Públicos que realizem estudos técnicos para implementar medidas de redução de velocidade de caminhões e demais veículos no trecho de ligação entre a entrada recém-asfaltada que conecta Jacilândia a Valentim Gentil.</t>
   </si>
   <si>
     <t>Indicação nº 81 de 2025</t>
   </si>
   <si>
-    <t>Daiane Moreira</t>
+    <t>Daiane Aparecida da Silva Moreira</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizado estudo técnico, administrativo e jurídico, por meio das Secretarias competentes, visando à efetiva equiparação salarial entre os cargos de Escriturário do Poder Executivo e do Poder Legislativo Municipal, em razão da identidade de atribuições já reconhecida em legislação anterior.</t>
   </si>
   <si>
     <t>Indicação nº 82 de 2025</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal e ao Setor de Urbanismo e Serviços Públicos, que seja implantado um redutor de velocidade (lombada) na Rua Gerônimo Calixto Borges, em frente ao nº 2334, tendo em vista a segurança de pedestres e motoristas que trafegam pelo local</t>
   </si>
   <si>
     <t>Indicação nº 83 de 2025</t>
   </si>
   <si>
-    <t>Rui Barbosa</t>
+    <t>Rui Dias Barbosa</t>
   </si>
   <si>
     <t>INDICA ao Prefeito Municipal, que seja realizado estudo técnico de trânsito na Rua Olímpio Tiano, no Bairro COHAB Maravilha, com a finalidade de avaliar a viabilidade de alteração do tráfego atualmente existente.</t>
   </si>
   <si>
     <t>Indicação nº 84 de 2025</t>
   </si>
   <si>
-    <t>Agnaldo Júnior,Cleomar Gonçalves,Daiane Moreira,Edevair Silva,Júnio Dias</t>
+    <t>Agnaldo Rodrigues da Silva Júnior,Cleomar Faria Gonçalves,Daiane Aparecida da Silva Moreira,Edevair de Melo Silva,Júnio Afonso Dias</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que seja as diárias concedidas aos motoristas da saúde, previstas no Decreto nº 2.797, de 1º de outubro de 2025, aplicadas também aos motoristas das demais áreas, bem como aos operadores de máquinas e tratoristas do Município.</t>
   </si>
   <si>
     <t>Moção nº 22 de 2025</t>
   </si>
   <si>
     <t>Manifesta Aplausos à Sra. SUENY APARECIDA LUCON</t>
   </si>
   <si>
     <t>Moção nº 23 de 2025</t>
   </si>
   <si>
     <t>Manifesta Aplausos à Sr. BENEDITO ALVES DOS SANTOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -468,51 +468,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="67.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="119.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">