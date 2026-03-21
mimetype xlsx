--- v0 (2026-01-27)
+++ v1 (2026-03-21)
@@ -10,254 +10,548 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="166">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>Júnio Afonso Dias, Agnaldo Rodrigues da Silva Júnior, Cleomar Faria Gonçalves, Daiane Aparecida da Silva Moreira, Edevair de Melo Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/825/emenda_01-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTE-SE o Parágrafo 5º ao artigo 2º do Projeto de Lei Complementar nº 2/2026.</t>
+  </si>
+  <si>
     <t>801</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/801/projeto_de_lei_complementar_revisao_geral_anual_salarial_2026.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/801/projeto_de_lei_complementar_revisao_geral_anual_salarial_2026.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos vencimentos dos servidores públicos ativos, inativos e pensionistas da Prefeitura do Município de Meridiano, nos termos do art. 37, inciso X, da Constituição Federal e do art. 75 da Lei Complementar Municipal nº 061, de 18 de janeiro de 2011, e dá outras providências.</t>
   </si>
   <si>
-    <t>802</t>
+    <t>803</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/803/plc_revisao_anual_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual prevista no inciso X do artigo 37 da Constituição Federal aos servidores da Câmara Municipal de Meridiano.</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/797/projeto_de_lei_-_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Fundo Municipal de Saneamento Ambiental e Infraestrutura – FMSAI no Município de Meridiano/SP, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>800</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/802/projeto_de_lei_-_gratificacao_da_defesa_civil.pdf</t>
-[...38 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/800/projeto_de_lei__plano_municipal_de_turismo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/800/projeto_de_lei__plano_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Turismo e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/804/projeto_de_lei_-_credito_suplementar_-_r_270.00000_-_fumdema_-_triturador..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/804/projeto_de_lei_-_credito_suplementar_-_r_270.00000_-_fumdema_-_triturador..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 270.000,00 que terá classificação orçamentária no exercício de 2026, para incrementar dotação do Setor do Meio Ambiente.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/805/projeto_de_lei_-_credito_adicional_especial_-_minha_casa_minha_vida..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/805/projeto_de_lei_-_credito_adicional_especial_-_minha_casa_minha_vida..pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 3.000.000,00 que terá classificação orçamentária no exercício de 2026, para incrementar dotação orçamentária no setor de Vias Públicas.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/806/projeto_de_lei_-_credito_suplementar_-_r_200.00000_-_educacao.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/806/projeto_de_lei_-_credito_suplementar_-_r_200.00000_-_educacao.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 200.000,00 que terá classificação orçamentária no exercício de 2026, para incrementar dotação do Setor de Ensino Fundamental e do Setor de Educação Infantil.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/807/projeto_de_lei_-_credito_adicional_especial_saude_-_ubs_etapa_ii..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/807/projeto_de_lei_-_credito_adicional_especial_saude_-_ubs_etapa_ii..pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 318.984,46 que terá classificação orçamentária no exercício de 2026, para incrementar dotação orçamentária no setor de Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/808/projeto_de_lei_-_credito_suplementar_-_r_9.63084_-_consorcio.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/808/projeto_de_lei_-_credito_suplementar_-_r_9.63084_-_consorcio.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 9.630,84 que terá classificação orçamentária no exercício de 2026, para incrementar dotação do Setor de Ensino Fundamental.</t>
   </si>
   <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/869/projeto_de_lei_-_credito_especial_-_r_56.72098_-_emendas_impositivas_e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional especial no valor de R$ 56.720,98 que terá classificação orçamentária no exercício de 2026, para incrementar dotações do Setor do Fundo Municipal de Saúde e do Setor do Transporte Escolar.</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Victor Hugo Moda de Almeida</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/849/pdl-003-2026_-_carlos_roberto_de_almeida_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha XIX de Março a CARLOS ROBERTO DE ALMEIDA em conformidade com o Regimento de Honrarias Legislativas.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>Edivan Cassio Tonelote</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/853/pdl-004-2026_-_edvaldo_rui_morandin_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha XIX de Março a EDVALDO RUI MORANDIN em conformidade com o Regimento de Honrarias Legislativas.</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>Agnaldo Rodrigues da Silva Júnior</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/854/pdl-005-2026_-_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha XIX de Março a CARLOS ALBERTO SAVAZZI em conformidade com o Regimento de Honrarias Legislativas.</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>SUB</t>
+  </si>
+  <si>
+    <t>Substitutivo</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/827/13projeto_de_lei_-_credito_especial_-_r_877.20000_-_saude_-_substituicao.pdf</t>
+  </si>
+  <si>
+    <t>Substitui o texto integral do Projeto de Lei Ordinária nº 13 de 2026. Autoriza abertura de crédito adicional especial no valor de R$ 877.200,00 que terá classificação orçamentária no exercício de 2026, para incrementar dotações do Setor do Fundo Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/812/requerimento_001-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>REQUERE-SE que a Mesa Diretora oficie ao Senhor Prefeito Municipal, requisitando-se informações referentes as providências adotadas em relação às Indicações nº 001/2023 e nº 055/2023, que tratam da extinção do desconto previdenciário incidente sobre aposentados e pensionistas vinculados ao Regime Próprio de Previdência Social – RPPS.</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>Edevair de Melo Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/847/requerimento_02-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUERE-SE que a Mesa Diretora oficie ao Senhor Chefe de Gabinete do Prefeito, requisitando-se informações referentes sobre o cumprimento da Lei Municipal nº 1.673, de 07 de novembro de 2025, referente a implementação de um sistema próprio para divulgação de todas as leis e demais atos normativos do Município de Meridiano.</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>Cleomar Faria Gonçalves</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/850/requerimento_3_-_2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUERE-SE que a Mesa Diretora oficie ao Senhor Diretor de Urbanismo e Serviços Públicos, requisitando-se informações referentes e detalhadas acerca dos gastos realizados com os seguintes veículos e máquinas pertencentes a essa Diretoria.</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/851/requerimento_4-2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUERE-SE que a Mesa Diretora oficie ao Senhor Prefeito Municipal, requisitando-se informações referentes e esclarecimentos quanto ao uso de veículos oficiais do Município, especialmente quanto a eventuais deslocamentos até o povoado de Santo Antônio do Viradouro, envolvendo o Diretor de Urbanismo e Serviços Urbanos, Senhor Uelton de Paula Garcia.</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>Rui Dias Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/866/requerimento_005-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>REQUERE-SE que a Mesa Diretora oficie ao Senhor Prefeito Municipal, requisitando-se informações referentes quanto as providências adotadas para o cumprimento da Lei Ordinária Municipal nº 1.518/2023, quanto à redução de jornada de trabalho para servidora responsável por dependente que necessita de cuidados especiais.</t>
+  </si>
+  <si>
     <t>795</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Agnaldo Júnior, Cleomar Gonçalves, Daiane Moreira, Edevair Silva, Júnio Dias</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/</t>
+    <t>Agnaldo Rodrigues da Silva Júnior, Cleomar Faria Gonçalves, Daiane Aparecida da Silva Moreira, Edevair de Melo Silva, Júnio Afonso Dias</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/795/indicacao_001-2026_conformidade.pdf</t>
   </si>
   <si>
     <t>INDICA ao Senhor Prefeito Municipal que adote as providências necessárias para a edição de projeto de lei que viabilize o pagamento retroativo de vantagens funcionais aos servidores públicos municipais, nos termos da Lei Complementar nº 226 que preve a autorização de pagamentos retroativos de anuênio, triênio, quinquênio, sexta-parte, licença-prêmio e demais mecanismos equivalentes ao quadro de pessoal de entes federativos que decretaram estado de calamidade pública decorrente da pandemia da covid-19, observados os limites legais e fiscais aplicáveis</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>Rui Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/796/indicacao_002-2026.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/796/indicacao_002-2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, por meio do setor competente, que sejam adotadas medidas urgentes para a regularização, reforma e sinalização das lixeiras instaladas nos pontos da zona rural do Município</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>Edevair Silva</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/798/indicacao_003-2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a substituição dos bancos de espera (longarinas) da UBS de Meridiano por bancos/longarinas almofadadas</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>Rafael Tavares</t>
-[...2 lines deleted...]
-    <t>Indica ao Senhor Prefeito Municipal a denominação da Unidade Básica de Saúde – UBS de Meridiano com o nome de “Benedita Alexandre de Freitas Hernandes”</t>
+    <t>Rafael Alexandre Tavares</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/799/indicacao_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal a denominação da Unidade Básica de Saúde – UBS de Meridiano com o nome de “Benedita Alexandre de Freitas”</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>Rafael Alexandre Tavares, Edivan Cassio Tonelote, Rui Dias Barbosa, Victor Hugo Moda de Almeida</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/809/indicacao_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que seja  denominado o Paço Municipal com o nome de "Irceu Fagundes" em homenagem ao ex-Prefeito desta cidade.</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/810/indicacao_006-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA que sejam realizados estudos técnicos, administrativos, jurídicos e financeiros com a finalidade de analisar e atender às demandas já apresentadas pelos servidores municipais, no que se refere à equiparação salarial entre os servidores do Poder Executivo e do Poder Legislativo, especificamente nos cargos de Escriturário e Serviços Gerais.</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>Júnio Afonso Dias</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/811/indicacao_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor de Urbanismo e Serviços Públicos, que seja realizada, além das podas tradicionais das árvores efetuadas de forma habitual no Município, também a seja realizada  a poda/remoção dos galhos inferiores, popularmente conhecida como "poda das saias das árvores”, especialmente nas vias públicas, esquinas e cruzamentos da cidade, com o objetivo de proporcionar melhor visibilidade, segurança e fluidez no tráfego de veículos e pedestres.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/826/indicacao_8-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal a instalação de 02 (duas) câmeras de monitoramento solar 360°, com postes de 6 a 8 metros de altura, em pontos estratégicos do Parque do Povo.</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/828/indicacao_009-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja realizadas ações de limpeza, roçagem e organização das áreas institucionais localizadas no conjunto habitacional CDHU Meridiano F.</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/844/indicacao_010-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja disponibilizado um ônibus com maior capacidade para transporte de trabalhadores do Povoado de Santo Antônio de Viradouro até o Município de Valentim Gentil.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/852/indicacao_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja realizada a devida sinalização da obra em andamento na estrada municipal que liga Meridiano ao Povoado de Santo Antônio do Viradouro, bem como na estrada que liga o Povoado de Santo Antônio do Viradouro ao Município de Valentim Gentil.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/855/indicacao_012-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja realizada manutenção geral, limpeza periódica e melhorias na iluminação pública da Praça da COHAB Meridiano E.</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/862/indicacao_013-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Chefe do Gabinete do Prefeito, que seja realizado estudo para implementação da Feira das Mulheres Empreendedoras uma vez ao mês, a ser realizada mensalmente, preferencialmente na primeira sexta-feira após o quinto dia útil de cada mês.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/865/indicacao_014-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Chefe do Gabinete do Prefeito, que seja denominado a sede do Estratégia de Saúde da Família (ESF) de Meridiano em homenagem a "Benedita Alexandre de Freitas".</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/867/indicacao_015-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja realizada, com urgência, a sinalização adequada e a manutenção da ponte e do aterro localizados na região do Córrego da Varação, área utilizada diariamente por moradores e produtores rurais.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>INDICA ao Diretor Municipal de Urbanismo e Serviços Públicos, que seja realizada manutenção de controle de mato, limpeza das lixeiras e aplicação da motoniveladora na Rua Dionízio Diogo de Farias, do condomínio do Golfo.</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/859/mocao_001-2026_conformidade.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta APOIO a tramitação do Projeto de Lei nº 2.531/2021 na Câmara dos Deputados em relação a instituição do piso salarial profissional nacional para os profissionais dos quadros de pessoal técnico e administrativo da educação básica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -561,68 +855,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/801/projeto_de_lei_complementar_revisao_geral_anual_salarial_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/802/projeto_de_lei_-_gratificacao_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/803/plc_revisao_anual_conformidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/797/projeto_de_lei_-_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/800/projeto_de_lei__plano_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/804/projeto_de_lei_-_credito_suplementar_-_r_270.00000_-_fumdema_-_triturador..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/805/projeto_de_lei_-_credito_adicional_especial_-_minha_casa_minha_vida..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/806/projeto_de_lei_-_credito_suplementar_-_r_200.00000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/807/projeto_de_lei_-_credito_adicional_especial_saude_-_ubs_etapa_ii..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/808/projeto_de_lei_-_credito_suplementar_-_r_9.63084_-_consorcio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/796/indicacao_002-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/825/emenda_01-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/801/projeto_de_lei_complementar_revisao_geral_anual_salarial_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/803/plc_revisao_anual_conformidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/797/projeto_de_lei_-_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/800/projeto_de_lei__plano_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/804/projeto_de_lei_-_credito_suplementar_-_r_270.00000_-_fumdema_-_triturador..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/805/projeto_de_lei_-_credito_adicional_especial_-_minha_casa_minha_vida..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/806/projeto_de_lei_-_credito_suplementar_-_r_200.00000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/807/projeto_de_lei_-_credito_adicional_especial_saude_-_ubs_etapa_ii..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/808/projeto_de_lei_-_credito_suplementar_-_r_9.63084_-_consorcio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/869/projeto_de_lei_-_credito_especial_-_r_56.72098_-_emendas_impositivas_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/849/pdl-003-2026_-_carlos_roberto_de_almeida_conformidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/853/pdl-004-2026_-_edvaldo_rui_morandin_conformidade.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/854/pdl-005-2026_-_conformidade.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/827/13projeto_de_lei_-_credito_especial_-_r_877.20000_-_saude_-_substituicao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/812/requerimento_001-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/847/requerimento_02-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/850/requerimento_3_-_2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/851/requerimento_4-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/866/requerimento_005-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/795/indicacao_001-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/796/indicacao_002-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/798/indicacao_003-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/799/indicacao_004-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/809/indicacao_005-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/810/indicacao_006-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/811/indicacao_007-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/826/indicacao_8-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/828/indicacao_009-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/844/indicacao_010-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/852/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/855/indicacao_012-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/862/indicacao_013-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/865/indicacao_014-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/867/indicacao_015-2026_conformidade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2026/859/mocao_001-2026_conformidade.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="68.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="120.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -642,396 +936,1017 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="F12" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D13" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F13" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E14" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E15" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" t="s">
+        <v>19</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
         <v>66</v>
       </c>
-      <c r="G15" s="1" t="s">
-[...3 lines deleted...]
-        <v>67</v>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" t="s">
+        <v>84</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>88</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" t="s">
+        <v>79</v>
+      </c>
+      <c r="E20" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" t="s">
+        <v>88</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>95</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>99</v>
+      </c>
+      <c r="E22" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" t="s">
+        <v>101</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" t="s">
+        <v>84</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>40</v>
+      </c>
+      <c r="D25" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" t="s">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" t="s">
+        <v>99</v>
+      </c>
+      <c r="E27" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
+        <v>95</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>99</v>
+      </c>
+      <c r="E28" t="s">
+        <v>100</v>
+      </c>
+      <c r="F28" t="s">
+        <v>122</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" t="s">
+        <v>84</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>99</v>
+      </c>
+      <c r="E30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" t="s">
+        <v>95</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>122</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>99</v>
+      </c>
+      <c r="E32" t="s">
+        <v>100</v>
+      </c>
+      <c r="F32" t="s">
+        <v>88</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" t="s">
+        <v>99</v>
+      </c>
+      <c r="E33" t="s">
+        <v>100</v>
+      </c>
+      <c r="F33" t="s">
+        <v>95</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H33" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" t="s">
+        <v>99</v>
+      </c>
+      <c r="E34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F34" t="s">
+        <v>62</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" t="s">
+        <v>99</v>
+      </c>
+      <c r="E35" t="s">
+        <v>100</v>
+      </c>
+      <c r="F35" t="s">
+        <v>111</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" t="s">
+        <v>99</v>
+      </c>
+      <c r="E36" t="s">
+        <v>100</v>
+      </c>
+      <c r="F36" t="s">
+        <v>95</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H36" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" t="s">
+        <v>99</v>
+      </c>
+      <c r="E37" t="s">
+        <v>100</v>
+      </c>
+      <c r="F37" t="s">
+        <v>88</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>162</v>
+      </c>
+      <c r="E38" t="s">
+        <v>163</v>
+      </c>
+      <c r="F38" t="s">
+        <v>95</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H38" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>