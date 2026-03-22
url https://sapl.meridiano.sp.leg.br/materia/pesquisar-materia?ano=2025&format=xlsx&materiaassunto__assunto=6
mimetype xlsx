--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,777 +54,777 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/632/emenda_004-2025.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/632/emenda_004-2025.pdf</t>
   </si>
   <si>
     <t>ACRESCENTE-SE ao Artigo 13 do Projeto de Lei Ordinária nº 21 de 2025 o seguinte Parágrafo único.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_013-2025_assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_013-2025_assinado.pdf</t>
   </si>
   <si>
     <t>SUBSTITUA-SE integralmente o Programa 0011 – Administração Legislativa, constante do Anexo III do Projeto de Lei Ordinária nº 51, de 2025, que dispõe sobre o Plano Plurianual do Município de Meridiano para o quadriênio de 2026 a 2029, pelo novo texto que segue em Anexo I a esta Emenda.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_014-2025_assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_014-2025_assinado.pdf</t>
   </si>
   <si>
     <t>SUBSTITUA-SE no Projeto de Lei Ordinária nº 52 de 2025, as peças orçamentárias referentes ao órgão 01 – Câmara Municipal, constantes dos Anexos III, VI e VII, pelos novos demonstrativos que acompanham esta Emenda.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf</t>
   </si>
   <si>
     <t>Concede, nos termos do Art. 37, Inciso X, da Constituição Federal e Art. 75 da Lei Complementar Municipal nº 61, reajuste nos vencimentos dos servidores públicos ativos, inativos e pensionistas da Prefeitura do Município de Meridiano e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual prevista no inciso X do artigo 37 da Constituição Federal aos servidores da Câmara Municipal de Meridiano.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf</t>
   </si>
   <si>
     <t>Institui à gratificação pelo exercício da função de Gestor de Convênios/Contratos e dá outras providências.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução dos valores das gratificações concedidas aos servidores no âmbito do Poder Executivo do Município de Meridiano, e dá outras providências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º e seu §1º da Lei Complementar nº 214, de 20 de abril de 2022, bem como inclui os §2º e §3º na mesma Lei.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_complementar_-_aporte_2025_e_anexos_rpps.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_complementar_-_aporte_2025_e_anexos_rpps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico financeiro e atuarial para obtenção do equilíbrio atuarial e financeiro que o Município possui em face do RPPS do Município de Meridiano.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_-_credito_especial_r_50.00000_dengue.assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_-_credito_especial_r_50.00000_dengue.assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 50.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_-_credito_adicional_especial_educacao_-_playground_e_computadores..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_-_credito_adicional_especial_educacao_-_playground_e_computadores..pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 67.500,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária ao Setor do Ensino Fundamental.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/505/projeto_de_lei_-_credito_adicional_especial_esporte_-_quadra_e_trator..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/505/projeto_de_lei_-_credito_adicional_especial_esporte_-_quadra_e_trator..pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 1.204.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária ao setor de Esportes, Lazer e Turismo.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/506/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/506/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de um crédito adicional suplementar no valor de R$ 7.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Fundo de Previdência Municipal.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_-_credito_suplementar_social_-_r_107.97128..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_-_credito_suplementar_social_-_r_107.97128..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 107.971,28 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor do Fundo Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/524/projeto_de_lei_-parque_residencial_sao_vicente_de_paulo_-_reajuste.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/524/projeto_de_lei_-parque_residencial_sao_vicente_de_paulo_-_reajuste.pdf</t>
   </si>
   <si>
     <t>Dispõe de reajuste financeiro no Termo de Fomento celebrado com a entidade assistencial Parque Residencial São Vicente de Paulo de Fernandópolis/SP.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei__-_sta._casa_votuporanga_-_reajuste.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei__-_sta._casa_votuporanga_-_reajuste.pdf</t>
   </si>
   <si>
     <t>Dispõe de reajuste financeiro no Termo de Fomento celebrado com a Santa Casa de Misericórdia de Votuporanga/SP.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_credito_suplementar_social_-_r_2601656_ass..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_credito_suplementar_social_-_r_2601656_ass..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 26.016,56 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor do Fundo Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei__-_credito_especial_-_r_42.657.47_-_centro_recreativo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei__-_credito_especial_-_r_42.657.47_-_centro_recreativo.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 42.657,47 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor de Esportes, Lazer e Turismo.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_de_lei_-_credito_suplementar_-_r_25.00000.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_de_lei_-_credito_suplementar_-_r_25.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de um crédito adicional suplementar no valor de R$ 25.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Fundo de Previdência Municipal.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_credito_especial_-_r_25.00000.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_credito_especial_-_r_25.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de um crédito adicional especial no valor de R$ 25.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Fundo de Previdência Municipal.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei__-_credito_especial_-_r_79.66000_-_diretoria_administrativa.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei__-_credito_especial_-_r_79.66000_-_diretoria_administrativa.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 79.660,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor de Diretoria Administrativa.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_-_credito_especial_r_8.10000.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_-_credito_especial_r_8.10000.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 8.100,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária ao setor de Esportes, Lazer e Turismo.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_credito_adicional_especial_fid.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_credito_adicional_especial_fid.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 1.135.897,60 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária ao setor de Esportes, Lazer e Turismo.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_ldo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_ldo.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes a serem observadas na elaboração da lei orçamentária do município para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_-_aporte_2025_-_30-04-2025_e_anexo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_-_aporte_2025_-_30-04-2025_e_anexo.pdf</t>
   </si>
   <si>
     <t>Define Plano de Amortização por Aporte Financeiro para cobertura do déficit Atuarial do Regime Próprio de Previdência Social de Meridiano – RPPS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_credito_especial_r_278.39364_e_anexo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_credito_especial_r_278.39364_e_anexo.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 278.393,64 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_credito_suplementar_-_r_107.20000_saude_e_anexo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_credito_suplementar_-_r_107.20000_saude_e_anexo.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 107.200,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_de_lei_-_credito_suplementar_r_27.00000.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_de_lei_-_credito_suplementar_r_27.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 27.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor de Esportes, Lazer e Turismo e do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_-_credito_especial_r_55.00000_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_-_credito_especial_r_55.00000_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 55.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor do Ensino Fundamental.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/643/projeto_de_lei_-_credito_especial_r_300.00000_-_saude_e_anexo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/643/projeto_de_lei_-_credito_especial_r_300.00000_-_saude_e_anexo.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 300.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/646/brw30f772175030_20250704_004923_115478.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/646/brw30f772175030_20250704_004923_115478.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$14.800,00, que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Setor de Estradas e Rodagem Municipal</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/647/brw30f772175030_20250704_010810_115500.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/647/brw30f772175030_20250704_010810_115500.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no valor de R$ 38.630,00 e abertura de crédito suplementar no valor de R$ 41.246,44, que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Setor do Fundo Municipal de Assistência Social</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/648/brw30f772175030_20250704_012845_115520.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/648/brw30f772175030_20250704_012845_115520.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 095, de 23 de dezembro de 2014, que dispõe sobre a Contribuição para Custeio do Serviço de Iluminação Pública (CIP), para isentar os consumidores residenciais beneficiários de Tarifa Social de Energia Elétrica e atualizar os valores da contribuição conforme classe de consumo</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/650/brw30f772175030_20250718_045559_115680.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/650/brw30f772175030_20250718_045559_115680.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$ 300.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária ao setor do Ensino Fundamental.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/651/brw30f772175030_20250718_050122_115704.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/651/brw30f772175030_20250718_050122_115704.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$ 200.000,00 que terá classificação orçamentária no exercício de 2025 para incrementar dotação orçamentária ao setor de Ensino Fundamental.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/654/brw30f772175030_20250725_004739_115832.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/654/brw30f772175030_20250725_004739_115832.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$ 16.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do setor do Fundo Municipal de Assistência Social</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/655/brw30f772175030_20250725_005453_115838.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/655/brw30f772175030_20250725_005453_115838.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$ 200.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações dos setores de Vias Públicas, Agricultura, Estradas e Rodagem Municipal e Meio Ambiente.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/656/brw30f772175030_20250725_010119_115852.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/656/brw30f772175030_20250725_010119_115852.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 14.800,00 que terá classificação orçamentária no exercício de 2025 para incrementar dotação do Setor de Agricultura.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/657/brw30f772175030_20250725_010803_115868.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/657/brw30f772175030_20250725_010803_115868.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$ 97.830,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/658/brw30f772175030_20250728_013106_115886.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/658/brw30f772175030_20250728_013106_115886.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$ 300.000,00 que terá classificação orçamentária ao Setor do Ensino Fundamental e Setor da Educação Infantil.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/669/assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/669/assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional-suplementar no valor de R$ 35.000,00 para incrementar dotações orçamentárias da Câmara Municipal de Meridiano no Exercício de 2025.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei__-_credito_especial_-_r_277.12200_saude_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei__-_credito_especial_-_r_277.12200_saude_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 277.122,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/672/projeto_de_lei_-_credito_especial_-_r_55.00000_fundamental_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/672/projeto_de_lei_-_credito_especial_-_r_55.00000_fundamental_e_anexos.pdf</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/673/projeto_de_lei__-_credito_especial_-_r_200.00000_saude_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/673/projeto_de_lei__-_credito_especial_-_r_200.00000_saude_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 200.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_lei__-_credito_especial_-_r_300.00000_saude_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_lei__-_credito_especial_-_r_300.00000_saude_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 300.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_-_credito_especial_-_r_15.18000_fundamental_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_-_credito_especial_-_r_15.18000_fundamental_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 15.180,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor do Ensino Fundamental.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/680/projeto_de_lei_-_credito_adicional_especial_saude_-_telhado_ubs_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/680/projeto_de_lei_-_credito_adicional_especial_saude_-_telhado_ubs_e_anexos.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 608.615,23 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no setor de Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/684/projeto_lei__ppa.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/684/projeto_lei__ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio de 2026/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_orcamentaria.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Meridiano-SP para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_-_credito_suplementar_merenda_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_-_credito_suplementar_merenda_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 90.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no Setor de Merenda Escolar.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_-_credito_especial_-_r_4.88488_fundamental_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_-_credito_especial_-_r_4.88488_fundamental_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 4.884,88 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor do Ensino Fundamental.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_-_credito_suplementar_-_r_12.00000_social_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_-_credito_suplementar_-_r_12.00000_social_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 12.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor do Fundo Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_-_credito_suplementar_-_r_40.00000_esporte_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_-_credito_suplementar_-_r_40.00000_esporte_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 40.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor de Esportes, Lazer e Turismo.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_-_credito_suplementar_-_r_83.10000_vias_publicas_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_-_credito_suplementar_-_r_83.10000_vias_publicas_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 83.100,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor de Vias Públicas.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_-_credito_suplementar_-_r_16.39470_-_saude_cisarf_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_-_credito_suplementar_-_r_16.39470_-_saude_cisarf_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 16.394,70 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Setor do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_-_credito_suplementar_-_r_565.00000_-_fumdema_-_residuos_e_triturador_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_-_credito_suplementar_-_r_565.00000_-_fumdema_-_residuos_e_triturador_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de R$ 565.000,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Setor do Meio Ambiente.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_-_credito_adicional_especial_saude_-_aquisicao_de_equipamentos_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_-_credito_adicional_especial_saude_-_aquisicao_de_equipamentos_e_anexos.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na LDO, no PPA e autoriza abertura de crédito adicional especial no valor de R$ 169.500,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotação orçamentária no setor de Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_-_credito_especial_-_r_28.60389_-_saude_e_anexo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_-_credito_especial_-_r_28.60389_-_saude_e_anexo.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 28.603,89 que terá classificação orçamentária no exercício de 2025, para incrementar dotação do Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_-_credito_especial_-_r_29.92820_vias_publicas_-_avcb_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_-_credito_especial_-_r_29.92820_vias_publicas_-_avcb_e_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de R$ 29.928,20 que terá classificação orçamentária no exercício de 2025, para incrementar dotações do Setor de Vias Públicas.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_-_credito_suplementar_r_1.332.50000_-_folha_de_pagto_e_anexo.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_-_credito_suplementar_r_1.332.50000_-_folha_de_pagto_e_anexo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de R$ 1.332.500,00 que terá classificação orçamentária no exercício de 2025, para incrementar dotações dos seguintes setores: Fundo Municipal de Saúde; Ensino Fundamental; Transporte Escolar e Educação Infantil.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Meridiano, relativas ao exercício de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1131,68 +1131,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/632/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_013-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_014-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_complementar_-_aporte_2025_e_anexos_rpps.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_-_credito_especial_r_50.00000_dengue.assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_-_credito_adicional_especial_educacao_-_playground_e_computadores..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/505/projeto_de_lei_-_credito_adicional_especial_esporte_-_quadra_e_trator..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/506/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_-_credito_suplementar_social_-_r_107.97128..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/524/projeto_de_lei_-parque_residencial_sao_vicente_de_paulo_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei__-_sta._casa_votuporanga_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_credito_suplementar_social_-_r_2601656_ass..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei__-_credito_especial_-_r_42.657.47_-_centro_recreativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_de_lei_-_credito_suplementar_-_r_25.00000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_credito_especial_-_r_25.00000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei__-_credito_especial_-_r_79.66000_-_diretoria_administrativa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_-_credito_especial_r_8.10000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_credito_adicional_especial_fid.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_-_aporte_2025_-_30-04-2025_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_credito_especial_r_278.39364_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_credito_suplementar_-_r_107.20000_saude_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_de_lei_-_credito_suplementar_r_27.00000.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_-_credito_especial_r_55.00000_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/643/projeto_de_lei_-_credito_especial_r_300.00000_-_saude_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/646/brw30f772175030_20250704_004923_115478.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/647/brw30f772175030_20250704_010810_115500.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/648/brw30f772175030_20250704_012845_115520.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/650/brw30f772175030_20250718_045559_115680.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/651/brw30f772175030_20250718_050122_115704.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/654/brw30f772175030_20250725_004739_115832.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/655/brw30f772175030_20250725_005453_115838.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/656/brw30f772175030_20250725_010119_115852.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/657/brw30f772175030_20250725_010803_115868.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/658/brw30f772175030_20250728_013106_115886.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/669/assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei__-_credito_especial_-_r_277.12200_saude_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/672/projeto_de_lei_-_credito_especial_-_r_55.00000_fundamental_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/673/projeto_de_lei__-_credito_especial_-_r_200.00000_saude_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_lei__-_credito_especial_-_r_300.00000_saude_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_-_credito_especial_-_r_15.18000_fundamental_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/680/projeto_de_lei_-_credito_adicional_especial_saude_-_telhado_ubs_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/684/projeto_lei__ppa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_-_credito_suplementar_merenda_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_-_credito_especial_-_r_4.88488_fundamental_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_-_credito_suplementar_-_r_12.00000_social_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_-_credito_suplementar_-_r_40.00000_esporte_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_-_credito_suplementar_-_r_83.10000_vias_publicas_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_-_credito_suplementar_-_r_16.39470_-_saude_cisarf_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_-_credito_suplementar_-_r_565.00000_-_fumdema_-_residuos_e_triturador_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_-_credito_adicional_especial_saude_-_aquisicao_de_equipamentos_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_-_credito_especial_-_r_28.60389_-_saude_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_-_credito_especial_-_r_29.92820_vias_publicas_-_avcb_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_-_credito_suplementar_r_1.332.50000_-_folha_de_pagto_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/632/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_013-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_014-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_complementar_-_aporte_2025_e_anexos_rpps.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_-_credito_especial_r_50.00000_dengue.assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_-_credito_adicional_especial_educacao_-_playground_e_computadores..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/505/projeto_de_lei_-_credito_adicional_especial_esporte_-_quadra_e_trator..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/506/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_-_credito_suplementar_social_-_r_107.97128..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/516/projeto_de_lei_-_credito_suplementar_-_r_7.00000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/524/projeto_de_lei_-parque_residencial_sao_vicente_de_paulo_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei__-_sta._casa_votuporanga_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_de_lei_-_credito_suplementar_social_-_r_2601656_ass..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei__-_credito_especial_-_r_42.657.47_-_centro_recreativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/540/projeto_de_lei_-_credito_suplementar_-_r_25.00000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_-_credito_especial_-_r_25.00000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_lei__-_credito_especial_-_r_79.66000_-_diretoria_administrativa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_-_credito_especial_r_8.10000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_lei_-_credito_adicional_especial_fid.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_-_aporte_2025_-_30-04-2025_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_-_credito_especial_r_278.39364_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_credito_suplementar_-_r_107.20000_saude_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/629/projeto_de_lei_-_credito_suplementar_r_27.00000.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_-_credito_especial_r_55.00000_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/643/projeto_de_lei_-_credito_especial_r_300.00000_-_saude_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/646/brw30f772175030_20250704_004923_115478.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/647/brw30f772175030_20250704_010810_115500.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/648/brw30f772175030_20250704_012845_115520.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/650/brw30f772175030_20250718_045559_115680.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/651/brw30f772175030_20250718_050122_115704.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/654/brw30f772175030_20250725_004739_115832.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/655/brw30f772175030_20250725_005453_115838.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/656/brw30f772175030_20250725_010119_115852.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/657/brw30f772175030_20250725_010803_115868.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/658/brw30f772175030_20250728_013106_115886.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/669/assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei__-_credito_especial_-_r_277.12200_saude_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/672/projeto_de_lei_-_credito_especial_-_r_55.00000_fundamental_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/673/projeto_de_lei__-_credito_especial_-_r_200.00000_saude_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_lei__-_credito_especial_-_r_300.00000_saude_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_-_credito_especial_-_r_15.18000_fundamental_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/680/projeto_de_lei_-_credito_adicional_especial_saude_-_telhado_ubs_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/684/projeto_lei__ppa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_-_credito_suplementar_merenda_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_-_credito_especial_-_r_4.88488_fundamental_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_-_credito_suplementar_-_r_12.00000_social_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_-_credito_suplementar_-_r_40.00000_esporte_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_-_credito_suplementar_-_r_83.10000_vias_publicas_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_-_credito_suplementar_-_r_16.39470_-_saude_cisarf_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_-_credito_suplementar_-_r_565.00000_-_fumdema_-_residuos_e_triturador_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_-_credito_adicional_especial_saude_-_aquisicao_de_equipamentos_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_-_credito_especial_-_r_28.60389_-_saude_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_-_credito_especial_-_r_29.92820_vias_publicas_-_avcb_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_-_credito_suplementar_r_1.332.50000_-_folha_de_pagto_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="166.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>