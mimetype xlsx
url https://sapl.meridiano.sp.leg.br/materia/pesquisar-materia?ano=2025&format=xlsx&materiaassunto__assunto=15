--- v0 (2026-01-27)
+++ v1 (2026-03-17)
@@ -54,241 +54,241 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf</t>
   </si>
   <si>
     <t>Concede, nos termos do Art. 37, Inciso X, da Constituição Federal e Art. 75 da Lei Complementar Municipal nº 61, reajuste nos vencimentos dos servidores públicos ativos, inativos e pensionistas da Prefeitura do Município de Meridiano e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual prevista no inciso X do artigo 37 da Constituição Federal aos servidores da Câmara Municipal de Meridiano.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_complementar_-_transformacao_cargos_educacao.assinatura.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_complementar_-_transformacao_cargos_educacao.assinatura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação de cargos de provimento efetivo no quadro permanente de pessoal do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf</t>
   </si>
   <si>
     <t>Institui à gratificação pelo exercício da função de Gestor de Convênios/Contratos e dá outras providências.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução dos valores das gratificações concedidas aos servidores no âmbito do Poder Executivo do Município de Meridiano, e dá outras providências.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_cargos_ser._gerais.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_cargos_ser._gerais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos de Serviços Gerais para provimento efetivo no Quadro Permanente de Pessoal do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º e seu §1º da Lei Complementar nº 214, de 20 de abril de 2022, bem como inclui os §2º e §3º na mesma Lei.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/707/reduz_a_referencia_salarial_do_cargo_em_comissao_de_diretor_de_urbanismo_e_servicos_publicos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/707/reduz_a_referencia_salarial_do_cargo_em_comissao_de_diretor_de_urbanismo_e_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>Reduz a referência salarial do cargo em comissão de Diretor de Urbanismo e Serviços Públicos, criado pela Lei Complementar nº 154 de 07 de maio de 2019.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_complementar_-_auxiliar_administrativo_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_complementar_-_auxiliar_administrativo_e_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de uma vaga para o cargo de Auxiliar de Serviços Administrativos para provimento efetivo no Quadro Permanente de Pessoal do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Rui Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/720/assinado.pdf</t>
+    <t>Rui Dias Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/720/assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 159-A à Lei Complementar nº61 de 18 de janeiro de 2011, que trata sobre o regime jurídico e organiza o quadro de pessoal do Município de Meridiano.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/721/plc_19-2025.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/721/plc_19-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 232, de 8 de março de 2023, que dispõe sobre a criação do cargo de Procurador Jurídico no quadro de pessoal do Poder_x000D_
 Legislativo do Município de Meridiano, e dá outras providências.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_complementar_-_motorista_e_anexos.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_complementar_-_motorista_e_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de uma vaga para o cargo de Motorista para provimento efetivo no Quadro Permanente de Pessoal do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Edevair Silva</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/693/assinado.pdf</t>
+    <t>Edevair de Melo Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/693/assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação à nomeação, no âmbito da Administração Pública Direta e Indireta do Município de Meridiano, de pessoas condenadas ou que tenham firmado acordos judiciais por atos contra a Administração Pública, e dá outras providências.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>Daiane Moreira, Agnaldo Júnior, Cleomar Gonçalves, Edevair Silva, Júnio Dias</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/722/assinado.pdf</t>
+    <t>Daiane Aparecida da Silva Moreira, Agnaldo Rodrigues da Silva Júnior, Cleomar Faria Gonçalves, Edevair de Melo Silva, Júnio Afonso Dias</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/722/assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e punição ao assédio moral e/ou sexual no âmbito da Administração Pública direta e indireta dos Poderes Executivo e Legislativo do Município de Meridiano e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>Daiane Moreira</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/736/plo_066-2025_assinado.pdf</t>
+    <t>Daiane Aparecida da Silva Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/736/plo_066-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das provas online e presenciais destinadas à movimentação interna e concessões de benefícios aos servidores públicos no âmbito da Administração Pública Direta e Indireta do Municipal de Meridiano, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -595,68 +595,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_complementar_-_transformacao_cargos_educacao.assinatura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_cargos_ser._gerais.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/707/reduz_a_referencia_salarial_do_cargo_em_comissao_de_diretor_de_urbanismo_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_complementar_-_auxiliar_administrativo_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/720/assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/721/plc_19-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_complementar_-_motorista_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/693/assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/722/assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/736/plo_066-2025_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_lei_complementar_-_reajuste_salarial_2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/494/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_complementar_-_transformacao_cargos_educacao.assinatura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_complementar_-_gratificacao_de_gestao..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_lei__-_reduz_valores_de_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_complementar_-_cargos_ser._gerais.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_complementar_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/707/reduz_a_referencia_salarial_do_cargo_em_comissao_de_diretor_de_urbanismo_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_complementar_-_auxiliar_administrativo_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/720/assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/721/plc_19-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_complementar_-_motorista_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/693/assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/722/assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2025/736/plo_066-2025_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="68.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="120.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="164.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="230.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>