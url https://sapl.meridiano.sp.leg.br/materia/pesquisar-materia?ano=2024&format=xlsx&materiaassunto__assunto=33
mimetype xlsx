--- v0 (2025-12-11)
+++ v1 (2026-03-21)
@@ -54,168 +54,168 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/458/brw30f772175030_20241216_123827_110653.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/458/brw30f772175030_20241216_123827_110653.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 16, caput, e artigo 22, parágrafo 5º da Lei Orgânica.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_resolucao_no_1.2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_resolucao_no_1.2024.pdf</t>
   </si>
   <si>
     <t>Insere Inciso V no Art. 52 e cria Art. 56-A na Resolução nº. 001/2016 - Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/357/resolucao_3_de_2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/357/resolucao_3_de_2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a cessão e utilização do Plenário da Câmara Municipal de Meridiano por terceiros.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_resolucao_004-2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_resolucao_004-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta os horários de expediente e atendimento ao público, expediente diário dos servidores e institui o banco de compensação de horas na Câmara Municipal de Meridiano.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Juliana Lima de Miranda, Rui Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/416/pres_5-2024.pdf</t>
+    <t>Juliana Lima de Miranda, Rui Dias Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/416/pres_5-2024.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Meridiano, o programa “Câmara Mirim” e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf</t>
   </si>
   <si>
     <t>Organiza e regulamenta o Sistema de Controle Interno da Câmara Municipal de Meridiano.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Rui Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_resolucao.pdf</t>
+    <t>Rui Dias Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_resolucao.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso ao Art. 118 da Resolução nº 1/2016, que “Dispõe de alteração na Resolução n.º 02/96, de 26 de março de 1996, e suas alterações posteriores, que dispôs de alteração na redação do Regimento Interno da Câmara Municipal de Meridiano".</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_resolucao_008-2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_resolucao_008-2024.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 94, 95 e 106, caput da Resolução n°1 de 05 de dezembro de 2016.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Juliana Lima de Miranda</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_005-2024_-_juliana_lima_de_miranda-_atualizacao_do_regimento_e_lom.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_005-2024_-_juliana_lima_de_miranda-_atualizacao_do_regimento_e_lom.pdf</t>
   </si>
   <si>
     <t>Indica ao Presidente da câmara Municipal a criação de comissão de atualização do regimento Interno e da Lei orgânica do Município de Meridiano/SP.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -522,68 +522,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/458/brw30f772175030_20241216_123827_110653.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_resolucao_no_1.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/357/resolucao_3_de_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_resolucao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/416/pres_5-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_resolucao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_resolucao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_005-2024_-_juliana_lima_de_miranda-_atualizacao_do_regimento_e_lom.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/458/brw30f772175030_20241216_123827_110653.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_resolucao_no_1.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/357/resolucao_3_de_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_resolucao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/416/pres_5-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_resolucao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_resolucao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_005-2024_-_juliana_lima_de_miranda-_atualizacao_do_regimento_e_lom.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="33.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="37.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="233.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>