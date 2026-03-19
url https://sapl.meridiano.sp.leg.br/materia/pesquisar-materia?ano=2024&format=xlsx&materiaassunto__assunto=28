--- v0 (2025-12-11)
+++ v1 (2026-03-19)
@@ -54,294 +54,294 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_-_denominacao_praca_joao_cineli-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_-_denominacao_praca_joao_cineli-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça do Jardim Barreto de “PRAÇA JOÃO CINELI”, conforme especifica.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_-_denominacao_quadra_jose_alves_de_oliveira-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_-_denominacao_quadra_jose_alves_de_oliveira-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra Poliesportiva de “QUADRA POLIESPORTIVA JOSÉ ALVES DE OLIVEIRA”, conforme especifica.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/283/projeto_de_lei_-_denominacao_recinto_de_exposicao-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/283/projeto_de_lei_-_denominacao_recinto_de_exposicao-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Recinto de Exposições de “Recinto de Exposições – Ernesto Cavalin”, conforme especifica.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/312/projeto_de_lei__-_francisco_l._garcia-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/312/projeto_de_lei__-_francisco_l._garcia-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dá denominação de “TRAVESSA FRANCISCO LOZARCOS GARCIA” a Travessa “A” do Loteamento Residencial do Bairro Jardim Conquista.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/313/projeto_de_lei__-__idevaldo_moda-_ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/313/projeto_de_lei__-__idevaldo_moda-_ass-esse.pdf</t>
   </si>
   <si>
     <t>Passa a denominar-se de IDEVALDO MODA o Sistema de Lazer conhecido por nº 01, do Conjunto Habitacional Meridiano “B” da CDHU, nesta cidade.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_-_alteracao_nomenclatura_de_vias_do_consquista-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_-_alteracao_nomenclatura_de_vias_do_consquista-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe de alteração em denominação de vias públicas urbanas do Loteamento Residencial Conquista e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/375/brw30f772175030_20240607_080133_107367.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/375/brw30f772175030_20240607_080133_107367.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO  DO PAÇO MUNICIPAL DE MERIDIANO CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_-_denominacao_de_gabriel_moda-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_-_denominacao_de_gabriel_moda-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "GABRIEL MODA" à faixa de terras doada ao Município pelo Departamento de Estradas de Rodagem - DER, conforme Lei Estadual nº. 10.436, de 20 de dezembro de 1999, anexa à via de acesso "Presidente Tancredo de Almeida Neves", que liga o Município de Meridiano à Rodovia Euclides da Cunha (SP-320), para fins de utilização como via pública.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Rafael Tavares</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_no_008-2024.pdf</t>
+    <t>Rafael Alexandre Tavares</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal denominar uma das ruas da cidade com o nome do Sr. Sizino Costa dos Santos.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Juliana Lima de Miranda</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_009-2024_-_juliana.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_009-2024_-_juliana.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal para que denomine uma das Ruas da cidade com o nome de Albino José dos Anjos, em eventual oportunidade.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_011-2024_-_juliana_lima_de_miranda.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_011-2024_-_juliana_lima_de_miranda.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito a denominação de uma das ruas da cidade com o nome de Antônio Mian, em eventual oportunidade</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_012-2024_-_rafael_alexandre_tavares.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_012-2024_-_rafael_alexandre_tavares.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Muninipal a denominação da Rua projetada 2, com o nome de Samuel Gomes Coelho.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_013-2024_-_rafael_alexandre_tavares.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_013-2024_-_rafael_alexandre_tavares.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a denominação da Área de Lazer 1, localizada no bairro Jardim Alvorada, com o nome de Aparecida Machado.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_014-2024_-_rafael_alexandre_tavares.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_014-2024_-_rafael_alexandre_tavares.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a denominação da Área de Lazer 2, localizada no bairro Jardim Alvorada, com o nome de Jose Haro.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_015-2024_-_rafael_alexandre_tavares_nome_de_francisco_lozarcos_conformidade.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_015-2024_-_rafael_alexandre_tavares_nome_de_francisco_lozarcos_conformidade.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Municipal a denominação da Travessa "A" no bairrro Residencial Conquista, com o nome de Francisco Lozarcos Garcia.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>Rui Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_023-2024_-_rui_dias_barbosa_conformidade.pdf</t>
+    <t>Rui Dias Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_023-2024_-_rui_dias_barbosa_conformidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja denominada alguma rua ou prédio público relacionado à educação com o nome de Luis Carlos da Silva Caineli.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_n_024-2024-_rafael_alexndre_conformidade.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_n_024-2024-_rafael_alexndre_conformidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a denominação da Rua Projetada 1 com o nome de Miguel Alves Soares.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_028-2024_-_rafael_alexandre_tavares_nome_de_jose_haro_conformidade.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_028-2024_-_rafael_alexandre_tavares_nome_de_jose_haro_conformidade.pdf</t>
   </si>
   <si>
     <t>INDICA ao Prefeito Municipal que seja nomeada a praça "E" do Recanto Maravilha em homenagem a "José Haro".</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_030-2024_-_rafael_conformidade.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_030-2024_-_rafael_conformidade.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito Municipal que seja nomeada a praça do Conjunto Habitacional Meridiano "C" em homenagem a "Osvaldo Stefanin".</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Alexandre Donizete Lopes</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_033-2024_-_alexandre_donizete_lopes-_denominacao_de_rua-_sorveteiro.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_033-2024_-_alexandre_donizete_lopes-_denominacao_de_rua-_sorveteiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a denominação de umas das Ruas cidade com o nome do Sr. Antônio Ricardo Fachin, conhecido popurlamente como "sorveteiro".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -648,68 +648,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_-_denominacao_praca_joao_cineli-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_-_denominacao_quadra_jose_alves_de_oliveira-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/283/projeto_de_lei_-_denominacao_recinto_de_exposicao-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/312/projeto_de_lei__-_francisco_l._garcia-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/313/projeto_de_lei__-__idevaldo_moda-_ass-esse.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_-_alteracao_nomenclatura_de_vias_do_consquista-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/375/brw30f772175030_20240607_080133_107367.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_-_denominacao_de_gabriel_moda-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_009-2024_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_011-2024_-_juliana_lima_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_012-2024_-_rafael_alexandre_tavares.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_013-2024_-_rafael_alexandre_tavares.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_014-2024_-_rafael_alexandre_tavares.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_015-2024_-_rafael_alexandre_tavares_nome_de_francisco_lozarcos_conformidade.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_023-2024_-_rui_dias_barbosa_conformidade.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_n_024-2024-_rafael_alexndre_conformidade.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_028-2024_-_rafael_alexandre_tavares_nome_de_jose_haro_conformidade.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_030-2024_-_rafael_conformidade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_033-2024_-_alexandre_donizete_lopes-_denominacao_de_rua-_sorveteiro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/248/projeto_de_lei_-_denominacao_praca_joao_cineli-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_-_denominacao_quadra_jose_alves_de_oliveira-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/283/projeto_de_lei_-_denominacao_recinto_de_exposicao-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/312/projeto_de_lei__-_francisco_l._garcia-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/313/projeto_de_lei__-__idevaldo_moda-_ass-esse.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_-_alteracao_nomenclatura_de_vias_do_consquista-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/375/brw30f772175030_20240607_080133_107367.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_-_denominacao_de_gabriel_moda-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/278/indicacao_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_009-2024_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/286/indicacao_011-2024_-_juliana_lima_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_012-2024_-_rafael_alexandre_tavares.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_013-2024_-_rafael_alexandre_tavares.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/289/indicacao_014-2024_-_rafael_alexandre_tavares.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_015-2024_-_rafael_alexandre_tavares_nome_de_francisco_lozarcos_conformidade.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_023-2024_-_rui_dias_barbosa_conformidade.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_n_024-2024-_rafael_alexndre_conformidade.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_028-2024_-_rafael_alexandre_tavares_nome_de_jose_haro_conformidade.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_030-2024_-_rafael_conformidade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_033-2024_-_alexandre_donizete_lopes-_denominacao_de_rua-_sorveteiro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>