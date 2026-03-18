--- v0 (2025-12-11)
+++ v1 (2026-03-18)
@@ -54,186 +54,186 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/438/emenda_n4-2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/438/emenda_n4-2024.pdf</t>
   </si>
   <si>
     <t>MODIFIQUE-SE o Parágrafo único do Art. 12 do Projeto de Lei nº 70/2024.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso XIV do Artigo 60, da Lei Complementar nº 208, de 23 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei__-__controle_interno-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei__-__controle_interno-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de Controle Interno Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_alteracao_da_lei_208-2023.assinado.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_alteracao_da_lei_208-2023.assinado.pdf</t>
   </si>
   <si>
     <t>Altera o §1°, §2° e §9° do Art. 59 da Lei Complementar nº 208 de 23 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/294/ilovepdf_merged_3.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/294/ilovepdf_merged_3.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Contrato de Consórcio Público do CINORP – Consórcio Intermunicipal do Noroeste Paulista, e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei__-__criacao_da_ouvidoria_municipal-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei__-__criacao_da_ouvidoria_municipal-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Ouvidoria do Município de Meridiano e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei__-__abertura_de_conta.assinatura.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei__-__abertura_de_conta.assinatura.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO 3º E INCISO III, DO ARTIGO 18 DA LEI Nº 1112/2015 E INCLUI O PARÁGRAFO 4° JUNTO AOS ARTIGOS 18 DA REFERIDA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf</t>
   </si>
   <si>
     <t>Organiza e regulamenta o Sistema de Controle Interno da Câmara Municipal de Meridiano.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Juliana Lima de Miranda</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_004-2024_-_juliana_lima_de_miranda-_atualizacao_do_portal.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_004-2024_-_juliana_lima_de_miranda-_atualizacao_do_portal.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a atualização do portal de trasnparência da Prefeitura Municipal de Meridiano/SP.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_018-2024_-_juliana_-_adesao_a_rede_nacional_de_ouvidorias.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_018-2024_-_juliana_-_adesao_a_rede_nacional_de_ouvidorias.pdf</t>
   </si>
   <si>
     <t>INDICA ao Prefeito Municipal que seja tomada providência para a adesão do Poder Executivo à Rede Nacional de Ouvidorias e ao sistema Fala.Br, da Controladoria Geral da União.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -540,68 +540,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/438/emenda_n4-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei__-__controle_interno-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_alteracao_da_lei_208-2023.assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/294/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei__-__criacao_da_ouvidoria_municipal-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei__-__abertura_de_conta.assinatura.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_004-2024_-_juliana_lima_de_miranda-_atualizacao_do_portal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_018-2024_-_juliana_-_adesao_a_rede_nacional_de_ouvidorias.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/438/emenda_n4-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei__-__controle_interno-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_alteracao_da_lei_208-2023.assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/294/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei__-__criacao_da_ouvidoria_municipal-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei__-__abertura_de_conta.assinatura.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_004-2024_-_juliana_lima_de_miranda-_atualizacao_do_portal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_018-2024_-_juliana_-_adesao_a_rede_nacional_de_ouvidorias.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="157.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>