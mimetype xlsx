--- v0 (2025-12-11)
+++ v1 (2026-03-19)
@@ -54,144 +54,144 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei__-_altera_o_artigo_5o_da_lc_209-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei__-_altera_o_artigo_5o_da_lc_209-ass-esse.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 5º da Lei Complementar nº 209, de 23 de março de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/366/projeto_de_lei_alteracao_da_lei_208-2023_3-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/366/projeto_de_lei_alteracao_da_lei_208-2023_3-ass-esse.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Inciso XIV ao Art. 60 da Lei Complementar nº 208, de 23 de fevereiro de 2022, que dispõe sobre a "reorganização e reestruturação do Regime Próprio de Previdência Social - RPPS, de conformidade com a legislação federal".</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/367/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/367/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Inciso II do Art. 89 da Lei Complementar nº 208, de 23 de fevereiro de 2022, e define plano de amortização por aporte financeiro para cobertura do déficit atuarial do Regime Próprio de Previdência Social de Meridiano – RPPS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/371/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/371/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_-_aportes_fim-_ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_-_aportes_fim-_ass-esse.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso XIV do Artigo 60, da Lei Complementar nº 208, de 23 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_-_parcelamento_do_rpss-ass-esse.pdf</t>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_-_parcelamento_do_rpss-ass-esse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização do parcelamento de débito do Município de Meridiano – SP com seu regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Edivan Tonelote</t>
-[...2 lines deleted...]
-    <t>https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_019-2024_-_edivan_cassio_tonelote.pdf</t>
+    <t>Edivan Cassio Tonelote</t>
+  </si>
+  <si>
+    <t>http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_019-2024_-_edivan_cassio_tonelote.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que os 14% descontados dos aposentados e pensionistas incidam apenas apara aqueles que recebem acima do teto, e não a partir dos 50%.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -498,68 +498,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei__-_altera_o_artigo_5o_da_lc_209-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/366/projeto_de_lei_alteracao_da_lei_208-2023_3-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/367/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/371/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_-_aportes_fim-_ass-esse.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_-_parcelamento_do_rpss-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_019-2024_-_edivan_cassio_tonelote.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei__-_altera_o_artigo_5o_da_lc_209-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/366/projeto_de_lei_alteracao_da_lei_208-2023_3-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/367/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/371/projeto_de_lei_-__amortizacao_aportes-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_-_aportes_fim-_ass-esse.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_-_altera_o_inciso_xiv_da_lei_complementar_no_208_-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_-_parcelamento_do_rpss-ass-esse.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.meridiano.sp.leg.br/media/sapl/public/materialegislativa/2024/296/indicacao_019-2024_-_edivan_cassio_tonelote.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="216.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>